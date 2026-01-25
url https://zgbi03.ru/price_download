--- v0 (2025-12-08)
+++ v1 (2026-01-25)
@@ -117,88 +117,88 @@
           <t>0,2</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>вн Ø 1000</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
           <t>нар Ø1160</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
           <t>590</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
           <t>375</t>
         </is>
       </c>
       <c r="G4" t="inlineStr">
         <is>
-          <t>3444</t>
+          <t>3616</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>КС 1,0-0,9</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>0,3</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
           <t>вн Ø 1000</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
           <t>нар Ø1160</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
         <is>
           <t>890</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
           <t>750</t>
         </is>
       </c>
       <c r="G5" t="inlineStr">
         <is>
-          <t>4263</t>
+          <t>4476</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
@@ -228,51 +228,51 @@
           <t>0,3</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>вн Ø 1500</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
           <t>нар Ø 1680</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
           <t>590</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
           <t>500</t>
         </is>
       </c>
       <c r="G7" t="inlineStr">
         <is>
-          <t>5965</t>
+          <t>6263</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
@@ -302,51 +302,51 @@
           <t>0,45</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
           <t>вн Ø 1500</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
           <t>нар Ø 1680</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
           <t>890</t>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
           <t>1000</t>
         </is>
       </c>
       <c r="G9" t="inlineStr">
         <is>
-          <t>7854</t>
+          <t>8247</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
@@ -376,775 +376,775 @@
           <t>0,6</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
           <t>вн Ø 2000</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
           <t>нар Ø 2200</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
           <t>890</t>
         </is>
       </c>
       <c r="F11" t="inlineStr">
         <is>
           <t>1850</t>
         </is>
       </c>
       <c r="G11" t="inlineStr">
         <is>
-          <t>10836</t>
+          <t>11378</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>КС 0,7-0,6</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>0,13</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
           <t>вн Ø 700</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
           <t>нар Ø 855</t>
         </is>
       </c>
       <c r="E12" t="inlineStr">
         <is>
           <t>600</t>
         </is>
       </c>
       <c r="F12" t="inlineStr">
         <is>
           <t>312</t>
         </is>
       </c>
       <c r="G12" t="inlineStr">
         <is>
-          <t>2415</t>
+          <t>2536</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>КС 0,7-0,3</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
           <t>вн Ø 700</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
           <t>нар Ø 855</t>
         </is>
       </c>
       <c r="E13" t="inlineStr">
         <is>
           <t>300</t>
         </is>
       </c>
       <c r="F13" t="inlineStr">
         <is>
           <t>156</t>
         </is>
       </c>
       <c r="G13" t="inlineStr">
         <is>
-          <t>1312</t>
+          <t>1378</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>КО6</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>0,02</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
           <t>855</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
           <t>580</t>
         </is>
       </c>
       <c r="E14" t="inlineStr">
         <is>
           <t>80</t>
         </is>
       </c>
       <c r="F14" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="G14" t="inlineStr">
         <is>
-          <t>1260</t>
+          <t>1323</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>ПУСТОТНЫЕ ПЛИТЫ</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>С9 ПК 30-15</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>0,97</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
           <t>2980</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
           <t>1490</t>
         </is>
       </c>
       <c r="E17" t="inlineStr">
         <is>
           <t>220</t>
         </is>
       </c>
       <c r="F17" t="inlineStr">
         <is>
           <t>1420</t>
         </is>
       </c>
       <c r="G17" t="inlineStr">
         <is>
-          <t>12705</t>
+          <t>13340</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>С9 ПК 45-15</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>1,49</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
           <t>4500</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
           <t>1490</t>
         </is>
       </c>
       <c r="E18" t="inlineStr">
         <is>
           <t>220</t>
         </is>
       </c>
       <c r="F18" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="G18" t="inlineStr">
         <is>
-          <t>17115</t>
+          <t>17971</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>С9 ПК 48-15</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>1,57</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
           <t>4780</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
           <t>1490</t>
         </is>
       </c>
       <c r="E19" t="inlineStr">
         <is>
           <t>220</t>
         </is>
       </c>
       <c r="F19" t="inlineStr">
         <is>
           <t>2250</t>
         </is>
       </c>
       <c r="G19" t="inlineStr">
         <is>
-          <t>20055</t>
+          <t>21058</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>С9 ПК 58-15</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>1,91</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
           <t>5800</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
           <t>1490</t>
         </is>
       </c>
       <c r="E20" t="inlineStr">
         <is>
           <t>220</t>
         </is>
       </c>
       <c r="F20" t="inlineStr">
         <is>
           <t>2690</t>
         </is>
       </c>
       <c r="G20" t="inlineStr">
         <is>
-          <t>24518</t>
+          <t>25744</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>С9 ПК 59-15</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>1,91</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
           <t>5860</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
           <t>1490</t>
         </is>
       </c>
       <c r="E21" t="inlineStr">
         <is>
           <t>220</t>
         </is>
       </c>
       <c r="F21" t="inlineStr">
         <is>
           <t>2750</t>
         </is>
       </c>
       <c r="G21" t="inlineStr">
         <is>
-          <t>24888</t>
+          <t>26129</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>С9 ПК 60-15</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>1,96</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
           <t>5980</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
           <t>1490</t>
         </is>
       </c>
       <c r="E22" t="inlineStr">
         <is>
           <t>220</t>
         </is>
       </c>
       <c r="F22" t="inlineStr">
         <is>
           <t>2800</t>
         </is>
       </c>
       <c r="G22" t="inlineStr">
         <is>
-          <t>25095</t>
+          <t>26350</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>С9 ПК 63-15</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>2,1</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
           <t>6280</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
           <t>1490</t>
         </is>
       </c>
       <c r="E23" t="inlineStr">
         <is>
           <t>220</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
           <t>2950</t>
         </is>
       </c>
       <c r="G23" t="inlineStr">
         <is>
-          <t>27300</t>
+          <t>28665</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>ЛОТКИ ТЕПЛОТРАСС (Скидка 15%)</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>Л 1-8 (1,5)</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>0,08</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
           <t>420-300</t>
         </is>
       </c>
       <c r="E26" t="inlineStr">
         <is>
           <t>360</t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
           <t>200</t>
         </is>
       </c>
       <c r="G26" t="inlineStr">
         <is>
-          <t>2972</t>
+          <t>3121</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>Л 1-8(1,0)</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>0,06</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
           <t>1000</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
           <t>420-300</t>
         </is>
       </c>
       <c r="E27" t="inlineStr">
         <is>
           <t>360</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="G27" t="inlineStr">
         <is>
-          <t>2090</t>
+          <t>2195</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>Л 4-8 (Л 2)</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>0,36</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
           <t>780-620</t>
         </is>
       </c>
       <c r="E28" t="inlineStr">
         <is>
           <t>530</t>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
           <t>900</t>
         </is>
       </c>
       <c r="G28" t="inlineStr">
         <is>
-          <t>7665</t>
+          <t>8048</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>Л 6-8 (Л4)</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>0,45</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D29" t="inlineStr">
         <is>
           <t>1060-900</t>
         </is>
       </c>
       <c r="E29" t="inlineStr">
         <is>
           <t>530</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
           <t>1025</t>
         </is>
       </c>
       <c r="G29" t="inlineStr">
         <is>
-          <t>11477</t>
+          <t>12051</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>Л 11-8 (Л 7)</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>0,69</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
           <t>1280-1480</t>
         </is>
       </c>
       <c r="E30" t="inlineStr">
         <is>
           <t>700</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
           <t>1725</t>
         </is>
       </c>
       <c r="G30" t="inlineStr">
         <is>
-          <t>20475</t>
+          <t>21499</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>Л 15-8 0 (Л-9)</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>1,05</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
           <t>2980</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
           <t>1740</t>
         </is>
       </c>
       <c r="E31" t="inlineStr">
         <is>
           <t>750</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
           <t>2500</t>
         </is>
       </c>
       <c r="G31" t="inlineStr">
         <is>
-          <t>28245</t>
+          <t>29657</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>БОРДЮР</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>БР 100.30.18</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>0,051</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
           <t>1000</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
           <t>150/180</t>
         </is>
       </c>
       <c r="E34" t="inlineStr">
         <is>
           <t>300</t>
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
           <t>130</t>
         </is>
       </c>
       <c r="G34" t="inlineStr">
         <is>
-          <t>966</t>
+          <t>1014</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>БР 300.30.18</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>0,153</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D35" t="inlineStr">
         <is>
           <t>150/180</t>
         </is>
       </c>
       <c r="E35" t="inlineStr">
         <is>
           <t>300</t>
         </is>
       </c>
       <c r="F35" t="inlineStr">
         <is>
           <t>385</t>
         </is>
       </c>
       <c r="G35" t="inlineStr">
         <is>
-          <t>2520</t>
+          <t>2646</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>БР100.20.8</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>0,016</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
           <t>1000</t>
         </is>
       </c>
       <c r="D36" t="inlineStr">
         <is>
           <t>80</t>
         </is>
       </c>
       <c r="E36" t="inlineStr">
         <is>
           <t>200</t>
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="G36" t="inlineStr">
         <is>
-          <t>546</t>
+          <t>573</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>Железобетонные кольца</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
           <t> </t>
         </is>
@@ -1181,310 +1181,310 @@
           <t>0,2</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
           <t>вн Ø 1000</t>
         </is>
       </c>
       <c r="D40" t="inlineStr">
         <is>
           <t>нар Ø1160</t>
         </is>
       </c>
       <c r="E40" t="inlineStr">
         <is>
           <t>590</t>
         </is>
       </c>
       <c r="F40" t="inlineStr">
         <is>
           <t>375</t>
         </is>
       </c>
       <c r="G40" t="inlineStr">
         <is>
-          <t>3444</t>
+          <t>3616</t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
           <t>КС 1,0-0,9</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>0,3</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
           <t>вн Ø 1000</t>
         </is>
       </c>
       <c r="D41" t="inlineStr">
         <is>
           <t>нар Ø1160</t>
         </is>
       </c>
       <c r="E41" t="inlineStr">
         <is>
           <t>890</t>
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
           <t>750</t>
         </is>
       </c>
       <c r="G41" t="inlineStr">
         <is>
-          <t>4263</t>
+          <t>4476</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
           <t>КС 1,5-0,6</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>0,3</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
           <t>вн Ø 1500</t>
         </is>
       </c>
       <c r="D42" t="inlineStr">
         <is>
           <t>нар Ø 1680</t>
         </is>
       </c>
       <c r="E42" t="inlineStr">
         <is>
           <t>590</t>
         </is>
       </c>
       <c r="F42" t="inlineStr">
         <is>
           <t>500</t>
         </is>
       </c>
       <c r="G42" t="inlineStr">
         <is>
-          <t>5965</t>
+          <t>6263</t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
           <t>КС 1,5-0,9</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t>0,45</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
           <t>вн Ø 1500</t>
         </is>
       </c>
       <c r="D43" t="inlineStr">
         <is>
           <t>нар Ø 1680</t>
         </is>
       </c>
       <c r="E43" t="inlineStr">
         <is>
           <t>890</t>
         </is>
       </c>
       <c r="F43" t="inlineStr">
         <is>
           <t>1000</t>
         </is>
       </c>
       <c r="G43" t="inlineStr">
         <is>
-          <t>7854</t>
+          <t>8247</t>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
           <t>КС 2,0-0,9</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>0,6</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
           <t>вн Ø 2000</t>
         </is>
       </c>
       <c r="D44" t="inlineStr">
         <is>
           <t>нар Ø 2200</t>
         </is>
       </c>
       <c r="E44" t="inlineStr">
         <is>
           <t>890</t>
         </is>
       </c>
       <c r="F44" t="inlineStr">
         <is>
           <t>1850</t>
         </is>
       </c>
       <c r="G44" t="inlineStr">
         <is>
-          <t>10836</t>
+          <t>111378</t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
           <t>КС 0,7-0,6</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>0,13</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
           <t>вн Ø 700</t>
         </is>
       </c>
       <c r="D45" t="inlineStr">
         <is>
           <t>нар Ø 855</t>
         </is>
       </c>
       <c r="E45" t="inlineStr">
         <is>
           <t>600</t>
         </is>
       </c>
       <c r="F45" t="inlineStr">
         <is>
           <t>312</t>
         </is>
       </c>
       <c r="G45" t="inlineStr">
         <is>
-          <t>2415</t>
+          <t>2536</t>
         </is>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
           <t>КС 0,7-0,3</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
           <t>вн Ø 700</t>
         </is>
       </c>
       <c r="D46" t="inlineStr">
         <is>
           <t>нар Ø 855</t>
         </is>
       </c>
       <c r="E46" t="inlineStr">
         <is>
           <t>300</t>
         </is>
       </c>
       <c r="F46" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="G46" t="inlineStr">
         <is>
-          <t>1312</t>
+          <t>1378</t>
         </is>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
           <t>КО6</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>0,02</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
           <t>855</t>
         </is>
       </c>
       <c r="D47" t="inlineStr">
         <is>
           <t>580</t>
         </is>
       </c>
       <c r="E47" t="inlineStr">
         <is>
           <t>80</t>
         </is>
       </c>
       <c r="F47" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="G47" t="inlineStr">
         <is>
-          <t>1260</t>
+          <t>1323</t>
         </is>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
           <t>Пустотные плиты</t>
         </is>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
           <t>С9 ПК 30-15</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>0,97</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
           <t>2980</t>
         </is>
@@ -1713,1345 +1713,1345 @@
           <t>0,08</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D58" t="inlineStr">
         <is>
           <t>420-300</t>
         </is>
       </c>
       <c r="E58" t="inlineStr">
         <is>
           <t>360</t>
         </is>
       </c>
       <c r="F58" t="inlineStr">
         <is>
           <t>200</t>
         </is>
       </c>
       <c r="G58" t="inlineStr">
         <is>
-          <t>2972</t>
+          <t>3121</t>
         </is>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
           <t>Л 1-8(1,0)</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t>0,06</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
           <t>1000</t>
         </is>
       </c>
       <c r="D59" t="inlineStr">
         <is>
           <t>420-300</t>
         </is>
       </c>
       <c r="E59" t="inlineStr">
         <is>
           <t>360</t>
         </is>
       </c>
       <c r="F59" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="G59" t="inlineStr">
         <is>
-          <t>2090</t>
+          <t>2195</t>
         </is>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
           <t>Л 4-8 (Л 2)</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
           <t>0,36</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D60" t="inlineStr">
         <is>
           <t>780-620</t>
         </is>
       </c>
       <c r="E60" t="inlineStr">
         <is>
           <t>530</t>
         </is>
       </c>
       <c r="F60" t="inlineStr">
         <is>
           <t>900</t>
         </is>
       </c>
       <c r="G60" t="inlineStr">
         <is>
-          <t>7665</t>
+          <t>8048</t>
         </is>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
           <t>Л 6-8 (Л4)</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <t>0,45</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D61" t="inlineStr">
         <is>
           <t>1060-900</t>
         </is>
       </c>
       <c r="E61" t="inlineStr">
         <is>
           <t>530</t>
         </is>
       </c>
       <c r="F61" t="inlineStr">
         <is>
           <t>1025</t>
         </is>
       </c>
       <c r="G61" t="inlineStr">
         <is>
-          <t>11477</t>
+          <t>12051</t>
         </is>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
           <t>Л 11-8 (Л 7)</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
           <t>0,69</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
           <t>3000</t>
         </is>
       </c>
       <c r="D62" t="inlineStr">
         <is>
           <t>1280-1480</t>
         </is>
       </c>
       <c r="E62" t="inlineStr">
         <is>
           <t>700</t>
         </is>
       </c>
       <c r="F62" t="inlineStr">
         <is>
           <t>1725</t>
         </is>
       </c>
       <c r="G62" t="inlineStr">
         <is>
-          <t>20475</t>
+          <t>21499</t>
         </is>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
           <t>Л 15-8 0 (Л-9)</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
           <t>1,05</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
           <t>2980</t>
         </is>
       </c>
       <c r="D63" t="inlineStr">
         <is>
           <t>1740</t>
         </is>
       </c>
       <c r="E63" t="inlineStr">
         <is>
           <t>750</t>
         </is>
       </c>
       <c r="F63" t="inlineStr">
         <is>
           <t>2500</t>
         </is>
       </c>
       <c r="G63" t="inlineStr">
         <is>
-          <t>28245</t>
+          <t>29657</t>
         </is>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
           <t>Крышки к канализационным кольцам</t>
         </is>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
           <t>КЦП 1,0 (ПП 10)</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>0,12</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D66" t="inlineStr">
         <is>
           <t>нар Ø 1160</t>
         </is>
       </c>
       <c r="E66" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="F66" t="inlineStr">
         <is>
           <t>300</t>
         </is>
       </c>
       <c r="G66" t="inlineStr">
         <is>
-          <t>4179</t>
+          <t>4388</t>
         </is>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
           <t>КЦП 1,5 (1ПП 15)</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
           <t>0,27</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D67" t="inlineStr">
         <is>
           <t>нар Ø 1160</t>
         </is>
       </c>
       <c r="E67" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="F67" t="inlineStr">
         <is>
           <t>675</t>
         </is>
       </c>
       <c r="G67" t="inlineStr">
         <is>
-          <t>9072</t>
+          <t>9525</t>
         </is>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
           <t>КЦП 2,0 (1ПП 20)</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
           <t>0,6</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D68" t="inlineStr">
         <is>
           <t>нар Ø 1160</t>
         </is>
       </c>
       <c r="E68" t="inlineStr">
         <is>
           <t>160</t>
         </is>
       </c>
       <c r="F68" t="inlineStr">
         <is>
           <t>1280</t>
         </is>
       </c>
       <c r="G68" t="inlineStr">
         <is>
-          <t>13125</t>
+          <t>13782</t>
         </is>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
           <t>Лестничные ступени</t>
         </is>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
           <t>ЛС 11</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
           <t>0,046</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
           <t>1050</t>
         </is>
       </c>
       <c r="D71" t="inlineStr">
         <is>
           <t>330</t>
         </is>
       </c>
       <c r="E71" t="inlineStr">
         <is>
           <t>145</t>
         </is>
       </c>
       <c r="F71" t="inlineStr">
         <is>
           <t>111</t>
         </is>
       </c>
       <c r="G71" t="inlineStr">
         <is>
-          <t>1617</t>
+          <t>1698</t>
         </is>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
           <t>ЛС 12</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
           <t>0,053</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
           <t>1200</t>
         </is>
       </c>
       <c r="D72" t="inlineStr">
         <is>
           <t>330</t>
         </is>
       </c>
       <c r="E72" t="inlineStr">
         <is>
           <t>145</t>
         </is>
       </c>
       <c r="F72" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="G72" t="inlineStr">
         <is>
-          <t>1880</t>
+          <t>1974</t>
         </is>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
           <t>ЛС 14</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
           <t>0,06</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
           <t>1350</t>
         </is>
       </c>
       <c r="D73" t="inlineStr">
         <is>
           <t>330</t>
         </is>
       </c>
       <c r="E73" t="inlineStr">
         <is>
           <t>145</t>
         </is>
       </c>
       <c r="F73" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="G73" t="inlineStr">
         <is>
-          <t>2090</t>
+          <t>2195</t>
         </is>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
           <t>ЛС 15</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
           <t>0,064</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="D74" t="inlineStr">
         <is>
           <t>330</t>
         </is>
       </c>
       <c r="E74" t="inlineStr">
         <is>
           <t>145</t>
         </is>
       </c>
       <c r="F74" t="inlineStr">
         <is>
           <t>160</t>
         </is>
       </c>
       <c r="G74" t="inlineStr">
         <is>
-          <t>2310</t>
+          <t>2426</t>
         </is>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
           <t>ЛС 17</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
           <t>0,097</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
           <t>1760</t>
         </is>
       </c>
       <c r="D75" t="inlineStr">
         <is>
           <t>330</t>
         </is>
       </c>
       <c r="E75" t="inlineStr">
         <is>
           <t>145</t>
         </is>
       </c>
       <c r="F75" t="inlineStr">
         <is>
           <t>243</t>
         </is>
       </c>
       <c r="G75" t="inlineStr">
         <is>
-          <t>3413</t>
+          <t>3584</t>
         </is>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
           <t>Фундаментные блоки</t>
         </is>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
           <t>ФБС 24-3-6</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
           <t>0,406</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
           <t>2380</t>
         </is>
       </c>
       <c r="D78" t="inlineStr">
         <is>
           <t>300</t>
         </is>
       </c>
       <c r="E78" t="inlineStr">
         <is>
           <t>580</t>
         </is>
       </c>
       <c r="F78" t="inlineStr">
         <is>
           <t>974</t>
         </is>
       </c>
       <c r="G78" t="inlineStr">
         <is>
-          <t>3022</t>
+          <t>3173</t>
         </is>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
           <t>ФБС 24-4-6</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
           <t>0,543</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
           <t>2380</t>
         </is>
       </c>
       <c r="D79" t="inlineStr">
         <is>
           <t>400</t>
         </is>
       </c>
       <c r="E79" t="inlineStr">
         <is>
           <t>580</t>
         </is>
       </c>
       <c r="F79" t="inlineStr">
         <is>
           <t>1303</t>
         </is>
       </c>
       <c r="G79" t="inlineStr">
         <is>
-          <t>4113</t>
+          <t>4319</t>
         </is>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
           <t>ФБС 24-5-6</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
           <t>0,679</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
           <t>2380</t>
         </is>
       </c>
       <c r="D80" t="inlineStr">
         <is>
           <t>500</t>
         </is>
       </c>
       <c r="E80" t="inlineStr">
         <is>
           <t>580</t>
         </is>
       </c>
       <c r="F80" t="inlineStr">
         <is>
           <t>1629</t>
         </is>
       </c>
       <c r="G80" t="inlineStr">
         <is>
-          <t>5078</t>
+          <t>5332</t>
         </is>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
           <t>ФБС 24-6-6</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
           <t>0,817</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
           <t>2380</t>
         </is>
       </c>
       <c r="D81" t="inlineStr">
         <is>
           <t>600</t>
         </is>
       </c>
       <c r="E81" t="inlineStr">
         <is>
           <t>580</t>
         </is>
       </c>
       <c r="F81" t="inlineStr">
         <is>
           <t>1960</t>
         </is>
       </c>
       <c r="G81" t="inlineStr">
         <is>
-          <t>6157</t>
+          <t>6465</t>
         </is>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
           <t>ФБС 12-3-6</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
           <t>0,203</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
           <t>1180</t>
         </is>
       </c>
       <c r="D82" t="inlineStr">
         <is>
           <t>300</t>
         </is>
       </c>
       <c r="E82" t="inlineStr">
         <is>
           <t>580</t>
         </is>
       </c>
       <c r="F82" t="inlineStr">
         <is>
           <t>487</t>
         </is>
       </c>
       <c r="G82" t="inlineStr">
         <is>
-          <t>1629</t>
+          <t>1710</t>
         </is>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
           <t>ФБС 12-4-6</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
           <t>0,271</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
           <t>1180</t>
         </is>
       </c>
       <c r="D83" t="inlineStr">
         <is>
           <t>400</t>
         </is>
       </c>
       <c r="E83" t="inlineStr">
         <is>
           <t>580</t>
         </is>
       </c>
       <c r="F83" t="inlineStr">
         <is>
           <t>650</t>
         </is>
       </c>
       <c r="G83" t="inlineStr">
         <is>
-          <t>2281</t>
+          <t>2396</t>
         </is>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
           <t>ФБС 12-5-6</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
           <t>0,339</t>
         </is>
       </c>
       <c r="C84" t="inlineStr">
         <is>
           <t>1180</t>
         </is>
       </c>
       <c r="D84" t="inlineStr">
         <is>
           <t>500</t>
         </is>
       </c>
       <c r="E84" t="inlineStr">
         <is>
           <t>580</t>
         </is>
       </c>
       <c r="F84" t="inlineStr">
         <is>
           <t>813</t>
         </is>
       </c>
       <c r="G84" t="inlineStr">
         <is>
-          <t>2685</t>
+          <t>2819</t>
         </is>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
           <t>ФБС 12-6-6</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
           <t>0,408</t>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
           <t>1180</t>
         </is>
       </c>
       <c r="D85" t="inlineStr">
         <is>
           <t>600</t>
         </is>
       </c>
       <c r="E85" t="inlineStr">
         <is>
           <t>580</t>
         </is>
       </c>
       <c r="F85" t="inlineStr">
         <is>
           <t>979</t>
         </is>
       </c>
       <c r="G85" t="inlineStr">
         <is>
-          <t>3438</t>
+          <t>3610</t>
         </is>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
           <t>ФБС 9-3-6</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
           <t>0,152</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
           <t>880</t>
         </is>
       </c>
       <c r="D86" t="inlineStr">
         <is>
           <t>300</t>
         </is>
       </c>
       <c r="E86" t="inlineStr">
         <is>
           <t>580</t>
         </is>
       </c>
       <c r="F86" t="inlineStr">
         <is>
           <t>364</t>
         </is>
       </c>
       <c r="G86" t="inlineStr">
         <is>
-          <t>1146</t>
+          <t>1203</t>
         </is>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
           <t>ФБС 9-4-6</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
           <t>0,203</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
           <t>880</t>
         </is>
       </c>
       <c r="D87" t="inlineStr">
         <is>
           <t>400</t>
         </is>
       </c>
       <c r="E87" t="inlineStr">
         <is>
           <t>580</t>
         </is>
       </c>
       <c r="F87" t="inlineStr">
         <is>
           <t>487</t>
         </is>
       </c>
       <c r="G87" t="inlineStr">
         <is>
-          <t>1719</t>
+          <t>1805</t>
         </is>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
           <t>ФБС 9-5-6</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
           <t>0,254</t>
         </is>
       </c>
       <c r="C88" t="inlineStr">
         <is>
           <t>880</t>
         </is>
       </c>
       <c r="D88" t="inlineStr">
         <is>
           <t>500</t>
         </is>
       </c>
       <c r="E88" t="inlineStr">
         <is>
           <t>580</t>
         </is>
       </c>
       <c r="F88" t="inlineStr">
         <is>
           <t>609</t>
         </is>
       </c>
       <c r="G88" t="inlineStr">
         <is>
-          <t>1854</t>
+          <t>1947</t>
         </is>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
           <t>ФБС 9-6-6</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
           <t>0,306</t>
         </is>
       </c>
       <c r="C89" t="inlineStr">
         <is>
           <t>880</t>
         </is>
       </c>
       <c r="D89" t="inlineStr">
         <is>
           <t>600</t>
         </is>
       </c>
       <c r="E89" t="inlineStr">
         <is>
           <t>580</t>
         </is>
       </c>
       <c r="F89" t="inlineStr">
         <is>
           <t>734</t>
         </is>
       </c>
       <c r="G89" t="inlineStr">
         <is>
-          <t>2707</t>
+          <t>2842</t>
         </is>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
           <t>ФБС 8-3-6</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
           <t>0,135</t>
         </is>
       </c>
       <c r="C90" t="inlineStr">
         <is>
           <t>780</t>
         </is>
       </c>
       <c r="D90" t="inlineStr">
         <is>
           <t>300</t>
         </is>
       </c>
       <c r="E90" t="inlineStr">
         <is>
           <t>580</t>
         </is>
       </c>
       <c r="F90" t="inlineStr">
         <is>
           <t>324</t>
         </is>
       </c>
       <c r="G90" t="inlineStr">
         <is>
-          <t>1112</t>
+          <t>1168</t>
         </is>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
           <t>ФБС 8-4-6</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
           <t>0,181</t>
         </is>
       </c>
       <c r="C91" t="inlineStr">
         <is>
           <t>780</t>
         </is>
       </c>
       <c r="D91" t="inlineStr">
         <is>
           <t>400</t>
         </is>
       </c>
       <c r="E91" t="inlineStr">
         <is>
           <t>580</t>
         </is>
       </c>
       <c r="F91" t="inlineStr">
         <is>
           <t>434</t>
         </is>
       </c>
       <c r="G91" t="inlineStr">
         <is>
-          <t>1472</t>
+          <t>1546</t>
         </is>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
           <t>ФБС 8-5-6</t>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
           <t>0,219</t>
         </is>
       </c>
       <c r="C92" t="inlineStr">
         <is>
           <t>780</t>
         </is>
       </c>
       <c r="D92" t="inlineStr">
         <is>
           <t>500</t>
         </is>
       </c>
       <c r="E92" t="inlineStr">
         <is>
           <t>580</t>
         </is>
       </c>
       <c r="F92" t="inlineStr">
         <is>
           <t>525</t>
         </is>
       </c>
       <c r="G92" t="inlineStr">
         <is>
-          <t>1820</t>
+          <t>1911</t>
         </is>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
           <t>ФБС 8-6-6</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
           <t>0,272</t>
         </is>
       </c>
       <c r="C93" t="inlineStr">
         <is>
           <t>780</t>
         </is>
       </c>
       <c r="D93" t="inlineStr">
         <is>
           <t>600</t>
         </is>
       </c>
       <c r="E93" t="inlineStr">
         <is>
           <t>580</t>
         </is>
       </c>
       <c r="F93" t="inlineStr">
         <is>
           <t>652</t>
         </is>
       </c>
       <c r="G93" t="inlineStr">
         <is>
-          <t>2201</t>
+          <t>2311</t>
         </is>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
           <t>ФБС 6-3-6</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
           <t>0,108</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
           <t>580</t>
         </is>
       </c>
       <c r="D94" t="inlineStr">
         <is>
           <t>300</t>
         </is>
       </c>
       <c r="E94" t="inlineStr">
         <is>
           <t>580</t>
         </is>
       </c>
       <c r="F94" t="inlineStr">
         <is>
           <t>259</t>
         </is>
       </c>
       <c r="G94" t="inlineStr">
         <is>
-          <t>932</t>
+          <t>979</t>
         </is>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
           <t>ФБС 6-4-6</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
           <t>0,136</t>
         </is>
       </c>
       <c r="C95" t="inlineStr">
         <is>
           <t>580</t>
         </is>
       </c>
       <c r="D95" t="inlineStr">
         <is>
           <t>400</t>
         </is>
       </c>
       <c r="E95" t="inlineStr">
         <is>
           <t>580</t>
         </is>
       </c>
       <c r="F95" t="inlineStr">
         <is>
           <t>326</t>
         </is>
       </c>
       <c r="G95" t="inlineStr">
         <is>
-          <t>1281</t>
+          <t>1345</t>
         </is>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
           <t>ФБС 6-5-6</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
           <t>0,170</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
           <t>580</t>
         </is>
       </c>
       <c r="D96" t="inlineStr">
         <is>
           <t>500</t>
         </is>
       </c>
       <c r="E96" t="inlineStr">
         <is>
           <t>580</t>
         </is>
       </c>
       <c r="F96" t="inlineStr">
         <is>
           <t>408</t>
         </is>
       </c>
       <c r="G96" t="inlineStr">
         <is>
-          <t>1405</t>
+          <t>1475</t>
         </is>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
           <t>ФБС 6-6-6</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
           <t>0,204</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
           <t>580</t>
         </is>
       </c>
       <c r="D97" t="inlineStr">
         <is>
           <t>600</t>
         </is>
       </c>
       <c r="E97" t="inlineStr">
         <is>
           <t>580</t>
         </is>
       </c>
       <c r="F97" t="inlineStr">
         <is>
           <t>489</t>
         </is>
       </c>
       <c r="G97" t="inlineStr">
         <is>
-          <t>1640</t>
+          <t>1722</t>
         </is>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
           <t>Лестничные марши</t>
         </is>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
           <t>ЛМ 30 12 15-4</t>
         </is>
       </c>
       <c r="B100" t="inlineStr">
         <is>
           <t>0,68</t>
         </is>
       </c>
       <c r="C100" t="inlineStr">
         <is>
           <t>3030</t>
         </is>
       </c>
       <c r="D100" t="inlineStr">
         <is>
           <t>1200</t>
         </is>
       </c>
       <c r="E100" t="inlineStr">
         <is>
           <t>254</t>
         </is>
       </c>
       <c r="F100" t="inlineStr">
         <is>
-          <t>18407</t>
+          <t>19327</t>
         </is>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
           <t>ЛМ 27 12 14-4</t>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
           <t>0,61</t>
         </is>
       </c>
       <c r="C101" t="inlineStr">
         <is>
           <t>2720</t>
         </is>
       </c>
       <c r="D101" t="inlineStr">
         <is>
           <t>1200</t>
         </is>
       </c>
       <c r="E101" t="inlineStr">
         <is>
           <t>254</t>
         </is>
       </c>
       <c r="F101" t="inlineStr">
         <is>
-          <t>15981</t>
+          <t>16780</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>